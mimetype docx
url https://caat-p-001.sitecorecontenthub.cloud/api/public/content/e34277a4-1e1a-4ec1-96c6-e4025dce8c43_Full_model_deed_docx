--- v0 (2025-12-18)
+++ v1 (2026-01-29)
@@ -1,57 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38CE00E5" w14:textId="77777777" w:rsidR="0056604C" w:rsidRDefault="006F78E3" w:rsidP="00B6696C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
         </w:pBdr>
         <w:spacing w:after="300"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6696C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="56"/>
@@ -687,65 +683,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="006F78E3" w:rsidRPr="004F116D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Commissioner</w:t>
       </w:r>
       <w:r w:rsidR="006F78E3" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">’ means the Commissioner of Taxation of the Commonwealth of Australia and as required, any delegate or </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> representative acting on behalf</w:t>
+        <w:t>’ means the Commissioner of Taxation of the Commonwealth of Australia and as required, any delegate or authorised representative acting on behalf</w:t>
       </w:r>
       <w:r w:rsidR="008F290E" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Commissioner</w:t>
       </w:r>
       <w:r w:rsidR="00D746F1" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE00FC" w14:textId="77777777" w:rsidR="008F290E" w:rsidRPr="004F116D" w:rsidRDefault="008F290E" w:rsidP="002728F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
@@ -3296,65 +3278,51 @@
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
       <w:r w:rsidR="00210D15" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E84078" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">This agreement is to be signed by either a delegate or </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> officer of the </w:t>
+        <w:t xml:space="preserve">This agreement is to be signed by either a delegate or authorised officer of the </w:t>
       </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Commissioner</w:t>
       </w:r>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>, as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE013E" w14:textId="77777777" w:rsidR="006F78E3" w:rsidRPr="004F116D" w:rsidRDefault="006F78E3" w:rsidP="006F4523">
       <w:pPr>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -3437,127 +3405,89 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE013F" w14:textId="77777777" w:rsidR="006F78E3" w:rsidRPr="004F116D" w:rsidRDefault="006F78E3" w:rsidP="006F4523">
       <w:pPr>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>5.1.2</w:t>
       </w:r>
       <w:r w:rsidR="00E84078" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">[If signed by an </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> officer]</w:t>
+        <w:t>[If signed by an authorised officer]</w:t>
       </w:r>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
         <w:t>The person signing this deed on behalf of the Commissioner</w:t>
       </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> is &lt;</w:t>
       </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">name of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>name of authorised officer who is not a delegate&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F116D">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
-          <w:i/>
-[...19 lines deleted...]
-        <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">who is </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> by </w:t>
+      <w:r w:rsidRPr="004F116D">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">authorised by </w:t>
       </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>&lt;name of delegate&gt;,</w:t>
       </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>a delegate of the Commissioner, to make, enter into and execute this deed on the Commissioner's behalf</w:t>
       </w:r>
       <w:r w:rsidR="00B03499" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> and who shall have no personal liability as a result of signing this deed.</w:t>
@@ -3565,79 +3495,51 @@
     </w:p>
     <w:p w14:paraId="38CE0140" w14:textId="77777777" w:rsidR="00C74F1E" w:rsidRPr="004F116D" w:rsidRDefault="006F78E3" w:rsidP="006F4523">
       <w:pPr>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>5.1.3</w:t>
       </w:r>
       <w:r w:rsidR="00E84078" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003637B2" w:rsidRPr="004F116D">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is acknowledged by the parties to this deed that the </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> signatory of the Commissioner to sign this deed, and it is further acknowledged that they are the agent of the Commissioner acting within the scope of their authority.</w:t>
+        <w:t>It is acknowledged by the parties to this deed that the authorised officer shall have no personal liability as a result of being the authorised signatory of the Commissioner to sign this deed, and it is further acknowledged that they are the agent of the Commissioner acting within the scope of their authority.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE0141" w14:textId="77777777" w:rsidR="006F78E3" w:rsidRPr="004F116D" w:rsidRDefault="006F78E3" w:rsidP="00EF4726">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
         </w:pBdr>
         <w:spacing w:after="300"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
@@ -6252,51 +6154,69 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">….... day </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>of .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>….……….…..…………    20……..</w:t>
+        <w:t>….……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F116D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>….…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F116D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>…………    20……..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE019C" w14:textId="77777777" w:rsidR="00E47F51" w:rsidRPr="004F116D" w:rsidRDefault="00E47F51" w:rsidP="00E47F51">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CE019D" w14:textId="77777777" w:rsidR="00E47F51" w:rsidRPr="004F116D" w:rsidRDefault="00E47F51" w:rsidP="007D4CF3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
@@ -6700,71 +6620,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CE01AC" w14:textId="77777777" w:rsidR="006F78E3" w:rsidRPr="004F116D" w:rsidRDefault="006F78E3" w:rsidP="007D4CF3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">[If signed by </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> officer]</w:t>
+        <w:t>[If signed by authorised officer]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE01AD" w14:textId="77777777" w:rsidR="006F78E3" w:rsidRPr="004F116D" w:rsidRDefault="006F78E3" w:rsidP="007D4CF3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>SIGNED for and on behalf of the Commissioner of Taxation by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE01AE" w14:textId="77777777" w:rsidR="001A5683" w:rsidRPr="004F116D" w:rsidRDefault="001A5683" w:rsidP="001A5683">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -6818,132 +6718,96 @@
           <w:sz w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>..................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE01B0" w14:textId="77777777" w:rsidR="001A5683" w:rsidRPr="004F116D" w:rsidRDefault="001A5683" w:rsidP="005E4338">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">Signature of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Officer</w:t>
+        <w:t>Signature of Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidR="005E4338" w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005C683F" w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Print name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE01B1" w14:textId="77777777" w:rsidR="001A5683" w:rsidRPr="004F116D" w:rsidRDefault="001A5683" w:rsidP="001A5683">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CE01B2" w14:textId="77777777" w:rsidR="001A5683" w:rsidRPr="004F116D" w:rsidRDefault="001A5683" w:rsidP="001A5683">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">as </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> by</w:t>
+        <w:t>as Authorised by</w:t>
       </w:r>
       <w:r w:rsidR="005E4338" w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F116D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>&lt;name of delegate&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CE01B3" w14:textId="77777777" w:rsidR="001A5683" w:rsidRPr="004F116D" w:rsidRDefault="001A5683" w:rsidP="001A5683">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7645,84 +7509,82 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38CE01D4" w14:textId="77777777" w:rsidR="004904EF" w:rsidRPr="004F116D" w:rsidRDefault="004904EF" w:rsidP="007D4CF3">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004904EF" w:rsidRPr="004F116D" w14:paraId="38CE01DA" w14:textId="77777777" w:rsidTr="004904EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38CE01D6" w14:textId="77777777" w:rsidR="004904EF" w:rsidRPr="004F116D" w:rsidRDefault="00332651" w:rsidP="00332651">
+          <w:p w14:paraId="38CE01D6" w14:textId="661A8982" w:rsidR="004904EF" w:rsidRPr="004F116D" w:rsidRDefault="00332651" w:rsidP="00332651">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F116D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tax shortfall interest/GIC/SIC </w:t>
+              <w:t>Tax shortfall interest/GIC/SIC cal</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F862C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
             <w:r w:rsidRPr="004F116D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>caluclated</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> to &lt;date&gt;</w:t>
+              <w:t>ulated to &lt;date&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38CE01D7" w14:textId="77777777" w:rsidR="004904EF" w:rsidRPr="004F116D" w:rsidRDefault="004904EF" w:rsidP="007D4CF3">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1383" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38CE01D8" w14:textId="77777777" w:rsidR="004904EF" w:rsidRPr="004F116D" w:rsidRDefault="004904EF" w:rsidP="007D4CF3">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
@@ -7974,88 +7836,88 @@
           </w:tcPr>
           <w:p w14:paraId="38CE01E8" w14:textId="77777777" w:rsidR="004904EF" w:rsidRPr="004F116D" w:rsidRDefault="004904EF" w:rsidP="007D4CF3">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38CE01EA" w14:textId="77777777" w:rsidR="005C683F" w:rsidRPr="004F116D" w:rsidRDefault="005C683F" w:rsidP="007D4CF3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005C683F" w:rsidRPr="004F116D" w:rsidSect="00601C0D">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28CD8A5F" w14:textId="77777777" w:rsidR="000A747E" w:rsidRDefault="000A747E" w:rsidP="00DF42CA">
+    <w:p w14:paraId="3CF1889A" w14:textId="77777777" w:rsidR="002B1303" w:rsidRDefault="002B1303" w:rsidP="00DF42CA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="351741C9" w14:textId="77777777" w:rsidR="000A747E" w:rsidRDefault="000A747E" w:rsidP="00DF42CA">
+    <w:p w14:paraId="6E0D61BA" w14:textId="77777777" w:rsidR="002B1303" w:rsidRDefault="002B1303" w:rsidP="00DF42CA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -8093,51 +7955,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38CE01EF" w14:textId="77777777" w:rsidR="00DF42CA" w:rsidRPr="00EF18E9" w:rsidRDefault="00DF42CA" w:rsidP="00EF18E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Narrow" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EF18E9">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Narrow" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Deed of </w:t>
@@ -8222,76 +8084,76 @@
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00EF18E9">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Narrow" w:cstheme="majorBidi"/>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="38CE01F0" w14:textId="77777777" w:rsidR="00DF42CA" w:rsidRDefault="00DF42CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="688C2B23" w14:textId="77777777" w:rsidR="000A747E" w:rsidRDefault="000A747E" w:rsidP="00DF42CA">
+    <w:p w14:paraId="105A83EE" w14:textId="77777777" w:rsidR="002B1303" w:rsidRDefault="002B1303" w:rsidP="00DF42CA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B1C65B3" w14:textId="77777777" w:rsidR="000A747E" w:rsidRDefault="000A747E" w:rsidP="00DF42CA">
+    <w:p w14:paraId="0FB4943C" w14:textId="77777777" w:rsidR="002B1303" w:rsidRDefault="002B1303" w:rsidP="00DF42CA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A82524F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D3F853E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9488,180 +9350,187 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:doNotDisplayPageBoundaries/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F78E3"/>
     <w:rsid w:val="000011A9"/>
     <w:rsid w:val="0004554A"/>
     <w:rsid w:val="000931BB"/>
     <w:rsid w:val="000948E7"/>
     <w:rsid w:val="000A747E"/>
     <w:rsid w:val="000B0818"/>
     <w:rsid w:val="000B48F8"/>
     <w:rsid w:val="000C30B9"/>
+    <w:rsid w:val="000E1A9D"/>
     <w:rsid w:val="000F0849"/>
     <w:rsid w:val="00123DBB"/>
     <w:rsid w:val="00194C72"/>
     <w:rsid w:val="001A5683"/>
     <w:rsid w:val="001E5DBB"/>
     <w:rsid w:val="001F5C3C"/>
     <w:rsid w:val="00210D15"/>
     <w:rsid w:val="00241020"/>
     <w:rsid w:val="0024389A"/>
     <w:rsid w:val="00261510"/>
     <w:rsid w:val="00267879"/>
     <w:rsid w:val="002728F4"/>
     <w:rsid w:val="00283458"/>
+    <w:rsid w:val="002B1303"/>
     <w:rsid w:val="002D2CC3"/>
     <w:rsid w:val="002F6423"/>
     <w:rsid w:val="003122C7"/>
     <w:rsid w:val="00332651"/>
     <w:rsid w:val="00353E7F"/>
     <w:rsid w:val="003637B2"/>
     <w:rsid w:val="00370A6A"/>
     <w:rsid w:val="003837D1"/>
     <w:rsid w:val="00391DA8"/>
     <w:rsid w:val="003A07A9"/>
     <w:rsid w:val="003A60C1"/>
     <w:rsid w:val="003C6705"/>
     <w:rsid w:val="003D26D0"/>
     <w:rsid w:val="003E1D6B"/>
     <w:rsid w:val="003F1552"/>
     <w:rsid w:val="00410F3E"/>
     <w:rsid w:val="00453C9F"/>
     <w:rsid w:val="004706EF"/>
     <w:rsid w:val="004904EF"/>
     <w:rsid w:val="004A7FD7"/>
     <w:rsid w:val="004B0AE7"/>
     <w:rsid w:val="004C3456"/>
     <w:rsid w:val="004C485B"/>
     <w:rsid w:val="004F116D"/>
     <w:rsid w:val="004F1E72"/>
     <w:rsid w:val="00510F3A"/>
     <w:rsid w:val="005142B5"/>
     <w:rsid w:val="00522D8A"/>
     <w:rsid w:val="00537C07"/>
     <w:rsid w:val="005564A4"/>
     <w:rsid w:val="0056604C"/>
     <w:rsid w:val="00570FBE"/>
     <w:rsid w:val="00593568"/>
+    <w:rsid w:val="00597197"/>
     <w:rsid w:val="005B7C22"/>
     <w:rsid w:val="005C683F"/>
     <w:rsid w:val="005E4338"/>
     <w:rsid w:val="005F195F"/>
     <w:rsid w:val="005F51AE"/>
     <w:rsid w:val="005F66DD"/>
     <w:rsid w:val="00601C0D"/>
     <w:rsid w:val="00604901"/>
     <w:rsid w:val="0060507E"/>
     <w:rsid w:val="0067079A"/>
     <w:rsid w:val="0069307C"/>
     <w:rsid w:val="00697BAC"/>
     <w:rsid w:val="006A0FF4"/>
     <w:rsid w:val="006B45D6"/>
     <w:rsid w:val="006C22B4"/>
     <w:rsid w:val="006E3C96"/>
     <w:rsid w:val="006F0D8A"/>
     <w:rsid w:val="006F0DD3"/>
     <w:rsid w:val="006F4523"/>
     <w:rsid w:val="006F78E3"/>
     <w:rsid w:val="0072397F"/>
     <w:rsid w:val="007C7777"/>
     <w:rsid w:val="007D1836"/>
     <w:rsid w:val="007D3433"/>
     <w:rsid w:val="007D4CF3"/>
     <w:rsid w:val="007E5011"/>
     <w:rsid w:val="008028B6"/>
     <w:rsid w:val="00812FAA"/>
     <w:rsid w:val="00815A07"/>
     <w:rsid w:val="0082128A"/>
     <w:rsid w:val="00867B11"/>
     <w:rsid w:val="00871CAC"/>
     <w:rsid w:val="00881592"/>
     <w:rsid w:val="00881B7E"/>
     <w:rsid w:val="008933F6"/>
     <w:rsid w:val="008A08B3"/>
     <w:rsid w:val="008C6DE2"/>
     <w:rsid w:val="008D0CB7"/>
     <w:rsid w:val="008D19C7"/>
     <w:rsid w:val="008F0597"/>
     <w:rsid w:val="008F290E"/>
     <w:rsid w:val="009204FD"/>
     <w:rsid w:val="00935C54"/>
     <w:rsid w:val="00950E96"/>
     <w:rsid w:val="00955397"/>
     <w:rsid w:val="00970095"/>
+    <w:rsid w:val="00985387"/>
     <w:rsid w:val="009B3C23"/>
     <w:rsid w:val="009C4A0E"/>
     <w:rsid w:val="009E491C"/>
     <w:rsid w:val="009E6B98"/>
     <w:rsid w:val="00A041E6"/>
     <w:rsid w:val="00A04901"/>
     <w:rsid w:val="00A1794C"/>
     <w:rsid w:val="00A42AB7"/>
     <w:rsid w:val="00A95713"/>
     <w:rsid w:val="00AA0176"/>
     <w:rsid w:val="00AA3E39"/>
     <w:rsid w:val="00AA7CE2"/>
     <w:rsid w:val="00AB4164"/>
     <w:rsid w:val="00AB4A88"/>
     <w:rsid w:val="00AC1668"/>
     <w:rsid w:val="00AF2A7F"/>
     <w:rsid w:val="00B03499"/>
     <w:rsid w:val="00B1327E"/>
     <w:rsid w:val="00B30147"/>
     <w:rsid w:val="00B53D3A"/>
     <w:rsid w:val="00B66150"/>
     <w:rsid w:val="00B6696C"/>
     <w:rsid w:val="00B96A2B"/>
     <w:rsid w:val="00BC3594"/>
     <w:rsid w:val="00BC63C9"/>
@@ -9678,85 +9547,85 @@
     <w:rsid w:val="00CC143C"/>
     <w:rsid w:val="00CE4A59"/>
     <w:rsid w:val="00D33406"/>
     <w:rsid w:val="00D746F1"/>
     <w:rsid w:val="00D828B5"/>
     <w:rsid w:val="00D94168"/>
     <w:rsid w:val="00D94BD2"/>
     <w:rsid w:val="00DA2510"/>
     <w:rsid w:val="00DC017E"/>
     <w:rsid w:val="00DC668C"/>
     <w:rsid w:val="00DD6F08"/>
     <w:rsid w:val="00DF42CA"/>
     <w:rsid w:val="00DF6BAE"/>
     <w:rsid w:val="00E47F51"/>
     <w:rsid w:val="00E71EC2"/>
     <w:rsid w:val="00E72516"/>
     <w:rsid w:val="00E770DA"/>
     <w:rsid w:val="00E84078"/>
     <w:rsid w:val="00EA3367"/>
     <w:rsid w:val="00EA7DF8"/>
     <w:rsid w:val="00EE39DB"/>
     <w:rsid w:val="00EF18E9"/>
     <w:rsid w:val="00EF4726"/>
     <w:rsid w:val="00F07C53"/>
     <w:rsid w:val="00F83A68"/>
+    <w:rsid w:val="00F862C0"/>
     <w:rsid w:val="00FB7410"/>
     <w:rsid w:val="00FC1743"/>
     <w:rsid w:val="00FE3E7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="38CE00E5"/>
-  <w15:docId w15:val="{F409C7FD-A8B6-4A48-9E1C-EF52C38423D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
@@ -10361,100 +10230,100 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:semiHidden/>
     <w:rsid w:val="003A07A9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="85998401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1711303046">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1966539368">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10702,444 +10571,112 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-</file>
-[...267 lines deleted...]
-</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49C96B97-9252-40F2-95B5-951A43D3BD54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...44 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>2822</Words>
   <Characters>16086</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>134</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Download_ATO_Full model deed.docx</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>18871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title/>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-[...8 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_SetDate">
-    <vt:lpwstr>2025-07-29T04:21:38Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_SetDate">
+    <vt:lpwstr>2026-01-12T04:57:08Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Name">
     <vt:lpwstr>OFFICIAL - Letterhead</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_SiteId">
     <vt:lpwstr>8e823e99-cbcb-430f-a0f6-af1365c21e22</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_ActionId">
-    <vt:lpwstr>b1e132d0-a157-4b46-b1b9-53237e01d57a</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_ActionId">
+    <vt:lpwstr>e81a0001-dc28-4e54-9863-53ec3eed98e3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1ff77f88-0a92-4c4a-b92a-f7fdfe5127c7_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>